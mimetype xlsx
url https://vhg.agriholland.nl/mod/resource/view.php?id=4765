--- v0 (2025-10-20)
+++ v1 (2026-03-04)
@@ -5,68 +5,68 @@
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
   <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="24326"/>
   <workbookPr defaultThemeVersion="166925"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="Y:\Elearning\Projecten_lopend\VHG Plantenkennistrainer\Aanmeldingen\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{56FEED68-7899-4EA5-BF35-796BD85FB39D}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{750D83FA-D8C7-432F-81E5-26C4437B6BE7}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="31005" yWindow="2400" windowWidth="21630" windowHeight="11385" xr2:uid="{02475403-E887-4B0F-B267-44FCEC49FE58}"/>
+    <workbookView xWindow="32880" yWindow="3360" windowWidth="21600" windowHeight="11295" xr2:uid="{02475403-E887-4B0F-B267-44FCEC49FE58}"/>
   </bookViews>
   <sheets>
     <sheet name="Blad1" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="36" uniqueCount="30">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="36" uniqueCount="32">
   <si>
     <t>Voornaam</t>
   </si>
   <si>
     <t>Achternaam</t>
   </si>
   <si>
     <t>Emailadres</t>
   </si>
   <si>
     <t>Jansen</t>
   </si>
   <si>
     <t>Beginner</t>
   </si>
   <si>
     <t>Modules**</t>
   </si>
   <si>
     <t>Brancheopleiding</t>
   </si>
   <si>
     <t>Gevelbeplanting</t>
   </si>
   <si>
@@ -81,81 +81,87 @@
   <si>
     <t>Mail deze lijst naar plantenkennistrainer@agriholland.nl</t>
   </si>
   <si>
     <t>Jan</t>
   </si>
   <si>
     <t>Niveau *</t>
   </si>
   <si>
     <t>voorbeeldjansen@hoveniersbedrijf.nl</t>
   </si>
   <si>
     <t>Groepsbeheerder***</t>
   </si>
   <si>
     <t>Piet</t>
   </si>
   <si>
     <t>Pietersen</t>
   </si>
   <si>
     <t>voorbeeldpietersen@hoveniersbedrijf.nl</t>
   </si>
   <si>
-    <t>Gevorderd</t>
-[...1 lines deleted...]
-  <si>
     <t>DeBesteHovenier</t>
   </si>
   <si>
-    <t>* noteer Beginner (Plantenlijst Brancheopleiding aankomend hovenier), Gevorderd (Plantenlijst Brancheopleiding hovenier), Vakbekwaam (Plantenlijst Brancheopleiding vakbekwaam hovenier). Vakbekwaam krijgt alle vragen.</t>
-[...1 lines deleted...]
-  <si>
     <t>De deelnemers ontvangen een mail om hun toegang te activeren (een wachtwoord aan te maken).</t>
   </si>
   <si>
-    <t xml:space="preserve">*** bovenste deelnemer is  de groepsbeheerdert. Deze kan trainingen en competities klaarzetten. </t>
-[...13 lines deleted...]
-  <si>
     <t>ETW Bomen</t>
   </si>
   <si>
-    <t>** kruis aan of u vragen wilt uit de plantenlijsten Brancheopleiding en/of Gevelbeplanting en/of ETW Bomen. De groepsbeheerder kan dit later zelf ook wijzigen.</t>
+    <t>Interieurbeplanting</t>
+  </si>
+  <si>
+    <t>Groenvoorziening</t>
+  </si>
+  <si>
+    <t xml:space="preserve">*** bovenste deelnemer is  de groepsbeheerder. Deze kan trainingen en competities klaarzetten en deelnemers toevoegen. </t>
+  </si>
+  <si>
+    <t>indien van toepassing VHG relatienummer</t>
+  </si>
+  <si>
+    <t>** kruis aan of u vragen wilt uit de plantenlijsten Brancheopleiding Hoveniers en/of Groenvoorziening en/of Gevelbeplanting en/of ETW Bomen en/of Interieurbeplanting. De groepsbeheerder kan dit later zelf ook wijzigen.</t>
+  </si>
+  <si>
+    <t>Desgewenst kunnen  wij ook competities voor u klaarzetten. Meld ons in dat geval de gewenste periode en gewenste plantengroepen.</t>
+  </si>
+  <si>
+    <t>Kosten eenmalig € 100. Plus € 10 per deelnemer per jaar voor bedrijven die lid zijn van de VHG, voor overige deelnemers plus € 27,50 per jaar. Alle prijzen ex BTW.</t>
+  </si>
+  <si>
+    <t>Vermeld uw factuurgegevens en eventueel een ordernummer dat op de factuur moet staan.</t>
+  </si>
+  <si>
+    <t>* noteer per deelnemer niveau Beginner (Plantenlijst Brancheopleiding aankomend hovenier/groenvoorziener), Gevorderd (Plantenlijst Brancheopleiding hovenier/groenvoorziener), Vakbekwaam (Plantenlijst Brancheopleiding vakbekwaam hovenier/groenvoorziener), Geen (zonder beperking, krijgt alle vragen)</t>
+  </si>
+  <si>
+    <t>Geen</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <fonts count="5" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
@@ -318,88 +324,94 @@
         <color auto="1"/>
       </right>
       <top style="thin">
         <color auto="1"/>
       </top>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color auto="1"/>
       </left>
       <right style="thin">
         <color auto="1"/>
       </right>
       <top/>
       <bottom style="thin">
         <color auto="1"/>
       </bottom>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs count="29">
+  <cellXfs count="31">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1"/>
     <xf numFmtId="0" fontId="1" fillId="2" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="1" fillId="2" borderId="7" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="2" fillId="6" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="2" fillId="6" borderId="6" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="1" fillId="6" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="1" fillId="6" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="0" fillId="3" borderId="8" xfId="0" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="1" fillId="3" borderId="9" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="1" fillId="2" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="1" fillId="2" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="1" fillId="4" borderId="8" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="1" fillId="4" borderId="9" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="1" fillId="5" borderId="8" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="2" fillId="5" borderId="9" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="1" fillId="6" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="2" fillId="6" borderId="7" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="3" fillId="7" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="0" fillId="7" borderId="1" xfId="0" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="3" fillId="7" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="7" borderId="1" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="2" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="1" fillId="2" borderId="6" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="0" fillId="3" borderId="8" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="3" borderId="9" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="top" wrapText="1"/>
+    </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Standaard" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Kantoorthema">
   <a:themeElements>
     <a:clrScheme name="Office">
@@ -678,263 +690,281 @@
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{CA77F3FD-6E50-4010-9749-7B0419524FCD}">
-  <dimension ref="B1:K20"/>
+  <dimension ref="B1:M20"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0">
-      <selection activeCell="F19" sqref="F19"/>
+      <selection activeCell="B14" sqref="B14"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="1.28515625" customWidth="1"/>
     <col min="2" max="2" width="19.28515625" customWidth="1"/>
     <col min="3" max="3" width="38.5703125" customWidth="1"/>
     <col min="4" max="4" width="43" customWidth="1"/>
     <col min="5" max="5" width="14.85546875" customWidth="1"/>
     <col min="6" max="6" width="23.42578125" customWidth="1"/>
-    <col min="7" max="8" width="17" customWidth="1"/>
-[...2 lines deleted...]
-    <col min="11" max="11" width="19" customWidth="1"/>
+    <col min="7" max="9" width="17" customWidth="1"/>
+    <col min="10" max="11" width="16.7109375" customWidth="1"/>
+    <col min="12" max="12" width="21.7109375" customWidth="1"/>
+    <col min="13" max="13" width="19" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="2:11" ht="21" x14ac:dyDescent="0.35">
+    <row r="1" spans="2:13" ht="21" x14ac:dyDescent="0.35">
       <c r="B1" s="1" t="s">
         <v>8</v>
       </c>
     </row>
-    <row r="2" spans="2:11" x14ac:dyDescent="0.25">
+    <row r="2" spans="2:13" x14ac:dyDescent="0.25">
       <c r="B2" s="10"/>
       <c r="C2" s="11"/>
       <c r="D2" s="20"/>
       <c r="E2" s="18"/>
       <c r="F2" s="16"/>
       <c r="G2" s="14" t="s">
         <v>5</v>
       </c>
       <c r="H2" s="27"/>
-      <c r="I2" s="15"/>
-[...3 lines deleted...]
-    <row r="3" spans="2:11" x14ac:dyDescent="0.25">
+      <c r="I2" s="27"/>
+      <c r="J2" s="15"/>
+      <c r="K2" s="15"/>
+      <c r="L2" s="12"/>
+      <c r="M2" s="29"/>
+    </row>
+    <row r="3" spans="2:13" ht="45" x14ac:dyDescent="0.25">
       <c r="B3" s="8" t="s">
         <v>0</v>
       </c>
       <c r="C3" s="9" t="s">
         <v>1</v>
       </c>
       <c r="D3" s="21" t="s">
         <v>2</v>
       </c>
       <c r="E3" s="19" t="s">
         <v>13</v>
       </c>
       <c r="F3" s="17" t="s">
         <v>9</v>
       </c>
       <c r="G3" s="6" t="s">
         <v>6</v>
       </c>
       <c r="H3" s="28" t="s">
         <v>7</v>
       </c>
       <c r="I3" s="7" t="s">
-        <v>28</v>
-[...1 lines deleted...]
-      <c r="J3" s="13" t="s">
+        <v>21</v>
+      </c>
+      <c r="J3" s="7" t="s">
+        <v>22</v>
+      </c>
+      <c r="K3" s="7" t="s">
+        <v>23</v>
+      </c>
+      <c r="L3" s="13" t="s">
         <v>15</v>
       </c>
-      <c r="K3" s="13" t="s">
-[...3 lines deleted...]
-    <row r="4" spans="2:11" x14ac:dyDescent="0.25">
+      <c r="M3" s="30" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="4" spans="2:13" x14ac:dyDescent="0.25">
       <c r="B4" s="2" t="s">
         <v>12</v>
       </c>
       <c r="C4" s="2" t="s">
         <v>3</v>
       </c>
       <c r="D4" s="2" t="s">
         <v>14</v>
       </c>
       <c r="E4" s="2" t="s">
         <v>4</v>
       </c>
       <c r="F4" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="G4" s="3" t="s">
         <v>10</v>
       </c>
       <c r="H4" s="3"/>
-      <c r="I4" s="4"/>
-      <c r="J4" s="4" t="s">
+      <c r="I4" s="3" t="s">
         <v>10</v>
       </c>
-      <c r="K4" s="4" t="s">
+      <c r="J4" s="4"/>
+      <c r="K4" s="4"/>
+      <c r="L4" s="4" t="s">
         <v>10</v>
       </c>
-    </row>
-    <row r="5" spans="2:11" x14ac:dyDescent="0.25">
+      <c r="M4" s="4">
+        <v>2931</v>
+      </c>
+    </row>
+    <row r="5" spans="2:13" x14ac:dyDescent="0.25">
       <c r="B5" s="2" t="s">
         <v>16</v>
       </c>
       <c r="C5" s="2" t="s">
         <v>17</v>
       </c>
       <c r="D5" s="2" t="s">
         <v>18</v>
       </c>
       <c r="E5" s="2" t="s">
+        <v>31</v>
+      </c>
+      <c r="F5" s="23" t="s">
         <v>19</v>
-      </c>
-[...1 lines deleted...]
-        <v>20</v>
       </c>
       <c r="G5" s="25" t="s">
         <v>10</v>
       </c>
       <c r="H5" s="25"/>
-      <c r="I5" s="26"/>
-[...7 lines deleted...]
-    <row r="6" spans="2:11" x14ac:dyDescent="0.25">
+      <c r="I5" s="25"/>
+      <c r="J5" s="26"/>
+      <c r="K5" s="26"/>
+      <c r="L5" s="26"/>
+      <c r="M5" s="26"/>
+    </row>
+    <row r="6" spans="2:13" x14ac:dyDescent="0.25">
       <c r="B6" s="5"/>
       <c r="C6" s="5"/>
       <c r="D6" s="5"/>
       <c r="E6" s="5"/>
       <c r="F6" s="24"/>
       <c r="G6" s="24"/>
       <c r="H6" s="24"/>
       <c r="I6" s="24"/>
       <c r="J6" s="24"/>
       <c r="K6" s="24"/>
-    </row>
-    <row r="7" spans="2:11" x14ac:dyDescent="0.25">
+      <c r="L6" s="24"/>
+      <c r="M6" s="24"/>
+    </row>
+    <row r="7" spans="2:13" x14ac:dyDescent="0.25">
       <c r="B7" s="5"/>
       <c r="C7" s="5"/>
       <c r="D7" s="5"/>
       <c r="E7" s="5"/>
       <c r="F7" s="24"/>
       <c r="G7" s="24"/>
       <c r="H7" s="24"/>
       <c r="I7" s="24"/>
       <c r="J7" s="24"/>
       <c r="K7" s="24"/>
-    </row>
-    <row r="8" spans="2:11" x14ac:dyDescent="0.25">
+      <c r="L7" s="24"/>
+      <c r="M7" s="24"/>
+    </row>
+    <row r="8" spans="2:13" x14ac:dyDescent="0.25">
       <c r="B8" s="5"/>
       <c r="C8" s="5"/>
       <c r="D8" s="5"/>
       <c r="E8" s="5"/>
       <c r="F8" s="24"/>
       <c r="G8" s="24"/>
       <c r="H8" s="24"/>
       <c r="I8" s="24"/>
       <c r="J8" s="24"/>
       <c r="K8" s="24"/>
-    </row>
-    <row r="9" spans="2:11" x14ac:dyDescent="0.25">
+      <c r="L8" s="24"/>
+      <c r="M8" s="24"/>
+    </row>
+    <row r="9" spans="2:13" x14ac:dyDescent="0.25">
       <c r="B9" s="5"/>
       <c r="C9" s="5"/>
       <c r="D9" s="5"/>
       <c r="E9" s="5"/>
       <c r="F9" s="24"/>
       <c r="G9" s="24"/>
       <c r="H9" s="24"/>
       <c r="I9" s="24"/>
       <c r="J9" s="24"/>
       <c r="K9" s="24"/>
-    </row>
-    <row r="11" spans="2:11" x14ac:dyDescent="0.25">
+      <c r="L9" s="24"/>
+      <c r="M9" s="24"/>
+    </row>
+    <row r="11" spans="2:13" x14ac:dyDescent="0.25">
       <c r="B11" t="s">
-        <v>21</v>
-[...2 lines deleted...]
-    <row r="12" spans="2:11" x14ac:dyDescent="0.25">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="12" spans="2:13" x14ac:dyDescent="0.25">
       <c r="B12" t="s">
-        <v>29</v>
-[...2 lines deleted...]
-    <row r="13" spans="2:11" x14ac:dyDescent="0.25">
+        <v>26</v>
+      </c>
+    </row>
+    <row r="13" spans="2:13" x14ac:dyDescent="0.25">
       <c r="B13" t="s">
-        <v>23</v>
-[...2 lines deleted...]
-    <row r="14" spans="2:11" x14ac:dyDescent="0.25">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="14" spans="2:13" x14ac:dyDescent="0.25">
       <c r="B14" t="s">
-        <v>24</v>
-[...2 lines deleted...]
-    <row r="16" spans="2:11" x14ac:dyDescent="0.25">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="16" spans="2:13" x14ac:dyDescent="0.25">
       <c r="B16" t="s">
-        <v>25</v>
+        <v>28</v>
       </c>
     </row>
     <row r="17" spans="2:2" s="22" customFormat="1" x14ac:dyDescent="0.25">
       <c r="B17" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="18" spans="2:2" x14ac:dyDescent="0.25">
       <c r="B18" s="22" t="s">
-        <v>26</v>
+        <v>29</v>
       </c>
     </row>
     <row r="20" spans="2:2" x14ac:dyDescent="0.25">
       <c r="B20" t="s">
-        <v>22</v>
+        <v>20</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Werkbladen</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">